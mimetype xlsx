--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71fffe05e34b4857" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6d3e10bf46c4012" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca88fc38348c4169"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ac256a985214a95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf33e521952de48b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca88fc38348c4169" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra05a476cb08d4104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ac256a985214a95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pharma- und Healthtech-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VPH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,224 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>