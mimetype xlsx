--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6d3e10bf46c4012" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca2f80428e314e78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ac256a985214a95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeaa1252528b4f81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra05a476cb08d4104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ac256a985214a95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae01782bd49e4a33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeaa1252528b4f81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pharma- und Healthtech-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VPH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,224 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...191 lines deleted...]
-          <x:t>101,801</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,371</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>