--- v0 (2025-12-20)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e047662001e4635" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43208db3a3ac4176" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf555e11c58dd44ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc8d5b0ff15b4335"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80220cfc4bf34993" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf555e11c58dd44ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd8859675610475a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc8d5b0ff15b4335" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>A Scandinavian Thing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VPB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...146 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>