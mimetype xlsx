--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99886c5f5bf14572" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cc0052e7cf74e33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re202c9e1f66f4c1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re021b096ad6d4414"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51a28dcc8cce4287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re202c9e1f66f4c1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56378ce53b754445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re021b096ad6d4414" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Oil and Gas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VPA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,231 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>