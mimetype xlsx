--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cc0052e7cf74e33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d11b670ec204796" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re021b096ad6d4414"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a56020856b94199"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56378ce53b754445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re021b096ad6d4414" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a72f385053b4fea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a56020856b94199" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Oil and Gas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VPA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,231 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>93,987</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>