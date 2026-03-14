--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d11b670ec204796" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d6ecf32d2a743fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a56020856b94199"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree04af65e5f34f7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a72f385053b4fea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a56020856b94199" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddc837396d1144e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree04af65e5f34f7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Oil and Gas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VPA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,711</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>