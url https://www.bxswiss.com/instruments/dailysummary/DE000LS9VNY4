--- v0 (2025-11-13)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf855f6cb073b4be1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf85b44ba834944e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52d57ca1294640a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f5346d1b9404be5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0538dccf71934ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52d57ca1294640a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra266b3b3f83d468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f5346d1b9404be5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Highflyer USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,206 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...173 lines deleted...]
-          <x:t>57,197</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>