--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf85b44ba834944e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaf15ca8475f43bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f5346d1b9404be5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra90b338eb1ba4e9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra266b3b3f83d468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f5346d1b9404be5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0934df8b9c044d8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra90b338eb1ba4e9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Highflyer USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>63,496</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>