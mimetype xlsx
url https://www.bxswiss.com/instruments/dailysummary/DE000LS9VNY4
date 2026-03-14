--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaf15ca8475f43bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9905607c4494faf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra90b338eb1ba4e9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa92997207e94395"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0934df8b9c044d8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra90b338eb1ba4e9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf49c20586d544b34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa92997207e94395" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Highflyer USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>