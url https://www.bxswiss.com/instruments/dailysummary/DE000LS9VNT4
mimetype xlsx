--- v0 (2025-11-13)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R329e48770d0146ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e22c12a0f6e4bc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfd2b4a2c62c4034"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d9cd40f5c3a44dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb986af9565a4488a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfd2b4a2c62c4034" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29f2cefa929d4ff1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d9cd40f5c3a44dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsmärkte International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,206 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...173 lines deleted...]
-          <x:t>48,283</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,949</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>