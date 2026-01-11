--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e22c12a0f6e4bc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62b99303f28a42c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d9cd40f5c3a44dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R782451210d2a450e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29f2cefa929d4ff1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d9cd40f5c3a44dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6ed95e2c7bb4902" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R782451210d2a450e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsmärkte International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,257</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>