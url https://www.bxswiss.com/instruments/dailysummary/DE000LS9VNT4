--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62b99303f28a42c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ec7ece64cea41f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R782451210d2a450e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd98fe156c9974657"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6ed95e2c7bb4902" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R782451210d2a450e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R568ca520096b4060" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd98fe156c9974657" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsmärkte International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>51,257</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>