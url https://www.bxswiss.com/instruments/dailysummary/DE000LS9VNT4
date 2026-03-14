--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ec7ece64cea41f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcb4fd9e24c54b30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd98fe156c9974657"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24f7d2b3c2a049c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R568ca520096b4060" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd98fe156c9974657" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96b625d47b564bbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24f7d2b3c2a049c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsmärkte International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>46,516</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,713</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>45,473</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,868</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>46,514</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,909</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>