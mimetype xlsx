--- v0 (2025-11-13)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f5517c1430a44dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49ab47abf51d4974" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R229664b59f7d4b2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24a522154c064227"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd33c126021364a06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R229664b59f7d4b2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcebf18cefb7c4ced" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24a522154c064227" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation x Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,206 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...173 lines deleted...]
-          <x:t>51,234</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>