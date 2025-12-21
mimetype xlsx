--- v1 (2025-12-20)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49ab47abf51d4974" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3677e559a08b4254" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24a522154c064227"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fbd3e280caa4cb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcebf18cefb7c4ced" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24a522154c064227" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ca08b9cf9214b35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fbd3e280caa4cb5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation x Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,109</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>