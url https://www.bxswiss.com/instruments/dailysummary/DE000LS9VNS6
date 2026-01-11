--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3677e559a08b4254" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85ff044bee1344a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fbd3e280caa4cb5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44b07163d4e54c42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ca08b9cf9214b35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fbd3e280caa4cb5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44917c1636f44625" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44b07163d4e54c42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation x Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>