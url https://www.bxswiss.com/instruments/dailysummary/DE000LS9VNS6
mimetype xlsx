--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85ff044bee1344a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eff077d373b46a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44b07163d4e54c42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfea1d7670234f67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44917c1636f44625" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44b07163d4e54c42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R994359161faf47ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfea1d7670234f67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation x Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>60,040</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,176</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>