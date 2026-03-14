--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eff077d373b46a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdfc542d104b44ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfea1d7670234f67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdf65e6de9df48d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R994359161faf47ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfea1d7670234f67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19bf05b7209b4032" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdf65e6de9df48d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation x Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,899</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>