--- v0 (2025-11-13)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2beb022d43bc4c53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27343fa383214b69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R486779c34a3a4f2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6612c44ac5074afe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red0ea8c388c341bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R486779c34a3a4f2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R848e5026cd484f96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6612c44ac5074afe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zinsfuß</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,206 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...173 lines deleted...]
-          <x:t>44,858</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>