--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27343fa383214b69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13b8a565847642c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6612c44ac5074afe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R136618945c6a4fb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R848e5026cd484f96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6612c44ac5074afe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d20cdfc37d54e23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R136618945c6a4fb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zinsfuß</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>45,197</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>45,144</x:t>
-[...146 lines deleted...]
-          <x:t>45,176</x:t>
+          <x:t>45,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,927</x:t>
-[...112 lines deleted...]
-          <x:t>45,087</x:t>
+          <x:t>45,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>