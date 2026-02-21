--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13b8a565847642c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01e66abe3c66492a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R136618945c6a4fb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebbe393f5d594fd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d20cdfc37d54e23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R136618945c6a4fb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd82ef781c28c4c03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebbe393f5d594fd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zinsfuß</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>45,356</x:t>
-[...210 lines deleted...]
-          <x:t>45,251</x:t>
+          <x:t>45,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,566</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>47,215</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>