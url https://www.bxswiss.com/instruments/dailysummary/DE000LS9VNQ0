--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01e66abe3c66492a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05d72ab052e04be7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebbe393f5d594fd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa0e9cbeaa464fc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd82ef781c28c4c03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebbe393f5d594fd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0d622898cdf4d6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa0e9cbeaa464fc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zinsfuß</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>46,641</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,327</x:t>
-[...420 lines deleted...]
-        <x:is>
           <x:t>46,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,161</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,068</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>