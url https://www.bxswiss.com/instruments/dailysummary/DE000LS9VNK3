--- v0 (2025-11-13)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeb0da76cbba4515" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cadfd9bca334ba4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35fef85efec24908"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9040e07c44404f91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd514133ae3e24d52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35fef85efec24908" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22a802991cdc4d8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9040e07c44404f91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TSI Strategie Nasdaq-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,206 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...173 lines deleted...]
-          <x:t>81,384</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,371</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>