--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cadfd9bca334ba4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03907eb2715544b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9040e07c44404f91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc0760a691d64e57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22a802991cdc4d8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9040e07c44404f91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R733a5735e9c54583" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc0760a691d64e57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TSI Strategie Nasdaq-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,744</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,613</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>