--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03907eb2715544b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R218a29e0dcd94c88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc0760a691d64e57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9575ad1dd2634412"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R733a5735e9c54583" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc0760a691d64e57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re369828a057f43b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9575ad1dd2634412" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TSI Strategie Nasdaq-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>95,752</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,516</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>104,613</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>