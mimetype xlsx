--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R218a29e0dcd94c88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7dae9a49c024943" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9575ad1dd2634412"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccb6f91ca28e4a41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re369828a057f43b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9575ad1dd2634412" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40231b2113d3411c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccb6f91ca28e4a41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TSI Strategie Nasdaq-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>