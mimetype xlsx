--- v0 (2025-11-13)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18b19151a8d44a39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d0b50f89d974c7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1b8b939ae454eab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra07005848179405b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0df7ffc1a5a54461" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1b8b939ae454eab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0707f97be09c4de3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra07005848179405b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental one</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,206 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...173 lines deleted...]
-          <x:t>74,404</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,929</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>