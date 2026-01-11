--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d0b50f89d974c7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b832a1e447c4b76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra07005848179405b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R469b8f9c0d654ca9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0707f97be09c4de3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra07005848179405b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19f550ea8926408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R469b8f9c0d654ca9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental one</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,419</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,239</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>