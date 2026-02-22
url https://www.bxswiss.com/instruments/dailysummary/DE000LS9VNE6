--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b832a1e447c4b76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5ea56ed7f0f4d99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R469b8f9c0d654ca9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcba8b8374ac94989"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19f550ea8926408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R469b8f9c0d654ca9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R539d9b53ab7c4d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcba8b8374ac94989" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental one</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>75,098</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,312</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...301 lines deleted...]
-          <x:t>76,197</x:t>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,013</x:t>
-[...58 lines deleted...]
-          <x:t>78,239</x:t>
+          <x:t>74,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,666</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>