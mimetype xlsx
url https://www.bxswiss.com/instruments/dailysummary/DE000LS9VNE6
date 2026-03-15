--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5ea56ed7f0f4d99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f769f1d6323497a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcba8b8374ac94989"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R795d9e0db8c54a6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R539d9b53ab7c4d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcba8b8374ac94989" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5f96fc0ad94491c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R795d9e0db8c54a6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental one</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>