--- v0 (2025-11-13)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f8c4edce6b94d3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cd6334eb20b42d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R992571e621f24059"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f8e6980a2324ed2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9f8060d1dcf4f9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R992571e621f24059" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d0e351f1d96448f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f8e6980a2324ed2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum^4</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,206 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...168 lines deleted...]
-          <x:t>39,804</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>