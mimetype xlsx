--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cd6334eb20b42d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R234de0273a7142b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f8e6980a2324ed2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf2787b36ac5414a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d0e351f1d96448f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f8e6980a2324ed2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c84bac3508d4238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf2787b36ac5414a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum^4</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>38,941</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,698</x:t>
-[...398 lines deleted...]
-        <x:is>
           <x:t>39,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>