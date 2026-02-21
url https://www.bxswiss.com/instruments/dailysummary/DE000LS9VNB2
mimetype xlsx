--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R234de0273a7142b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd79bc36ad664f0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf2787b36ac5414a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48f2e68e511b4762"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c84bac3508d4238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf2787b36ac5414a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd62a6e4b351d4731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48f2e68e511b4762" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum^4</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>42,702</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,204</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>