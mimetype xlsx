--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd79bc36ad664f0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8128c9a92574dc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48f2e68e511b4762"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a5ad885d5954bbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd62a6e4b351d4731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48f2e68e511b4762" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R362f68116fca4399" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a5ad885d5954bbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum^4</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VNB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>43,138</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>43,059</x:t>
-[...11 lines deleted...]
-          <x:t>43,101</x:t>
+          <x:t>42,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,296</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...487 lines deleted...]
-          <x:t>42,980</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,343</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.02.2026</x:t>
-[...46 lines deleted...]
-          <x:t>43,204</x:t>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,354</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>