--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51f1689a983d4306" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1213a8b0a754d58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27e777cc1e514710"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e172c5644324a1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R176acc73afa14c05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27e777cc1e514710" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R597bdaac7e394c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e172c5644324a1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Algorithmic Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VN86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,231 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>