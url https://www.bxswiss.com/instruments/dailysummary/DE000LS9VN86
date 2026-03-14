--- v1 (2026-01-10)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1213a8b0a754d58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d447d1d9a81465a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e172c5644324a1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0984c0e49f7d47c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R597bdaac7e394c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e172c5644324a1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf431a94172fc4386" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0984c0e49f7d47c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Algorithmic Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VN86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,231 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>107,091</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>