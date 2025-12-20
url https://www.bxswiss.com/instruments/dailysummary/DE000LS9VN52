--- v0 (2025-11-13)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R691012f965644cf2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd166bacc1074640" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6240c67d3fc0440c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc900eed1161c419d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5af9082648c54de5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6240c67d3fc0440c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R268aadb943f94359" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc900eed1161c419d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>möppel Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VN52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,206 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...173 lines deleted...]
-          <x:t>50,193</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,701</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>