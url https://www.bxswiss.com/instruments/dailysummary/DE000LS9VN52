--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd166bacc1074640" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd30ec16e8e764d1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc900eed1161c419d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73e718b7f5e742e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R268aadb943f94359" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc900eed1161c419d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c54ec9164a043fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73e718b7f5e742e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>möppel Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VN52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>48,957</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,271</x:t>
-[...328 lines deleted...]
-          <x:t>47,701</x:t>
+          <x:t>48,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>