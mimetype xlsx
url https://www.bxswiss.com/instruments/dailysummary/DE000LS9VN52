--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd30ec16e8e764d1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17d0b87ffbb44f0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73e718b7f5e742e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R430dd819fa9a4520"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c54ec9164a043fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73e718b7f5e742e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60146941b40d4ac0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R430dd819fa9a4520" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>möppel Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VN52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>48,905</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,468</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>