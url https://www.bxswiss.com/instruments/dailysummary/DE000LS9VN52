--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17d0b87ffbb44f0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3101d5612b8042d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R430dd819fa9a4520"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ab7ca2b9e894f24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60146941b40d4ac0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R430dd819fa9a4520" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2031c10746634832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ab7ca2b9e894f24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>möppel Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VN52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,048</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>