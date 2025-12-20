--- v0 (2025-11-13)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R804ada9940864afa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd92d4bfe767240c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R202844cb20a74dd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa475ccad95c44a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab39d44ed8a640bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R202844cb20a74dd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6766256653e4b69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa475ccad95c44a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Typ Distressed Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VN45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,206 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...163 lines deleted...]
-          <x:t>39,135</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,983</x:t>
+          <x:t>38,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>