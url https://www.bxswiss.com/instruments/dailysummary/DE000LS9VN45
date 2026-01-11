--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd92d4bfe767240c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3645d823f64642c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa475ccad95c44a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Race27708275a4e3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6766256653e4b69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa475ccad95c44a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe5cf0e6c2e94447" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Race27708275a4e3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Typ Distressed Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VN45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>