--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3645d823f64642c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9339e1ca1db248a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Race27708275a4e3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e925e2079604832"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe5cf0e6c2e94447" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Race27708275a4e3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f93c3ad273d4766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e925e2079604832" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Typ Distressed Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VN45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>44,008</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>