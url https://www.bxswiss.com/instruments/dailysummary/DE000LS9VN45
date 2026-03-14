--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9339e1ca1db248a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd65c9aa897ba4cf4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e925e2079604832"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b30ce2df76c43d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f93c3ad273d4766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e925e2079604832" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eb75e7e40ab41f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b30ce2df76c43d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Typ Distressed Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VN45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,572 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>42,913</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,960</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.02.2026</x:t>
-[...316 lines deleted...]
-          <x:t>43,675</x:t>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,303</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>