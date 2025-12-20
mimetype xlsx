--- v0 (2025-11-13)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f51af1e052c4391" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R308751f5673d4fe6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d4d24e1cdd64964"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8cb73d8831b4094"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1bc0bfc1c644f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d4d24e1cdd64964" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61a0dcb5c1b84a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8cb73d8831b4094" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Online Gaming und E-Sports</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VML3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,206 +149,599 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...173 lines deleted...]
-          <x:t>54,768</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>