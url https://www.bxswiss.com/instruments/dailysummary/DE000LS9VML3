--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R308751f5673d4fe6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3859939245fa4aa9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8cb73d8831b4094"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f81d99aa2f2465a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61a0dcb5c1b84a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8cb73d8831b4094" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R916df3c4f6384942" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f81d99aa2f2465a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Online Gaming und E-Sports</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VML3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,408 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...356 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,064</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -717,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>