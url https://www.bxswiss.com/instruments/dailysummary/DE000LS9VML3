--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3859939245fa4aa9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d0284d55ac147de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f81d99aa2f2465a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4716219259a0498b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R916df3c4f6384942" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f81d99aa2f2465a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c186543002344c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4716219259a0498b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Online Gaming und E-Sports</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VML3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>50,980</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>