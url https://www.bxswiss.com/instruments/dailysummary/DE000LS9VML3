--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d0284d55ac147de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79c8203787ac4a99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4716219259a0498b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9deb0713d4e4217"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c186543002344c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4716219259a0498b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ec1467fc3594ec0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9deb0713d4e4217" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Online Gaming und E-Sports</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VML3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,932</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>