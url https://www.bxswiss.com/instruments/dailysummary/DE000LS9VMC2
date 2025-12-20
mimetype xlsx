--- v0 (2025-11-13)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3922f095ac504f2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b9bbacba43c4b60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfc28a86cf264102"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39df6a09d2184146"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4dd6f4da1414e68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfc28a86cf264102" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcbc1ae413914ce1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39df6a09d2184146" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Roboter &amp; Künstliche Intelligenz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VMC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,206 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...173 lines deleted...]
-          <x:t>56,488</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>