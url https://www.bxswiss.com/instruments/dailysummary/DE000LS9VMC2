--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b9bbacba43c4b60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9ec92cea95a4e27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39df6a09d2184146"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R586aa617c38b4b78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcbc1ae413914ce1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39df6a09d2184146" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf44b71a14dcd4681" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R586aa617c38b4b78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Roboter &amp; Künstliche Intelligenz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VMC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,441</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>