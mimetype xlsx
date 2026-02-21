--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9ec92cea95a4e27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc63428f1cfed47ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R586aa617c38b4b78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5350fcc19acc495f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf44b71a14dcd4681" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R586aa617c38b4b78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0924a6754a1743e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5350fcc19acc495f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Roboter &amp; Künstliche Intelligenz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VMC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,290</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>62,283</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,352</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>62,264</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,868</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>