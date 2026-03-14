--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc63428f1cfed47ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfca86fc494974a0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5350fcc19acc495f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8db2c0943a84be6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0924a6754a1743e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5350fcc19acc495f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1266eb2277244bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8db2c0943a84be6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Roboter &amp; Künstliche Intelligenz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VMC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>63,552</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,672</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...413 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,256</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>