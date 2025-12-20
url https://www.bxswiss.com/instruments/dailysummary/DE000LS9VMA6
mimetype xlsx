--- v0 (2025-11-13)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R164509aa22044494" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radb9f34cbcc44a95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd127ab3bdbe46c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b40a3b35c0a4fba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6798a88c42f4623" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd127ab3bdbe46c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea4d14de65ba4e63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b40a3b35c0a4fba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology and Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VMA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,206 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...173 lines deleted...]
-          <x:t>159,711</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>