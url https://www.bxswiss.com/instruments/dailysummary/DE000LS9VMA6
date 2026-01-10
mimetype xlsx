--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radb9f34cbcc44a95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15ba3fa7740c4736" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b40a3b35c0a4fba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38e8b8a8db9c465d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea4d14de65ba4e63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b40a3b35c0a4fba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re03452ab2c344188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38e8b8a8db9c465d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology and Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VMA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,254</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>