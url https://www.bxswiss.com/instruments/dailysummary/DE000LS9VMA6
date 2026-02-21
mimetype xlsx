--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15ba3fa7740c4736" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad269cdee89547db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38e8b8a8db9c465d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb166a0bfa5a1423c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re03452ab2c344188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38e8b8a8db9c465d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82c7147b48524930" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb166a0bfa5a1423c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology and Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VMA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>166,254</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>