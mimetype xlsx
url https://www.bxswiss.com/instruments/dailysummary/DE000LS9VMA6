--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad269cdee89547db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R671237f8bc694973" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb166a0bfa5a1423c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d7d06e9e0a24c0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82c7147b48524930" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb166a0bfa5a1423c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e7affa0677b45ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d7d06e9e0a24c0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology and Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VMA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,016</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,689</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>