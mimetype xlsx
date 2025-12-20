--- v0 (2025-11-13)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fe8860f32134cbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58ffa1f6fef944c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80b3dc402f9a46a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11a94c1cb345492a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2bc68022b254102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80b3dc402f9a46a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c7331e337ec47ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11a94c1cb345492a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sicherheit und Rüstung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VM95</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,206 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...173 lines deleted...]
-          <x:t>59,968</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,513</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>