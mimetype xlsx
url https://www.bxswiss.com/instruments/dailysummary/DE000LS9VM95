--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58ffa1f6fef944c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2c1dd63ceec4e60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11a94c1cb345492a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30467cc5e99d4937"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c7331e337ec47ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11a94c1cb345492a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66edd704540c4508" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30467cc5e99d4937" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sicherheit und Rüstung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VM95</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>55,246</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>54,820</x:t>
-[...328 lines deleted...]
-          <x:t>56,513</x:t>
+          <x:t>56,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,403</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>