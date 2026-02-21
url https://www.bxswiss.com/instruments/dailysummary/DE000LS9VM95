--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2c1dd63ceec4e60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c900ea30e9f47ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30467cc5e99d4937"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65dd243ff502424f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66edd704540c4508" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30467cc5e99d4937" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34b2f44089e149d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65dd243ff502424f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sicherheit und Rüstung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VM95</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>64,403</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>