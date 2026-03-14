--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c900ea30e9f47ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f95427cad3a4c17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65dd243ff502424f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d7bb95104574a6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34b2f44089e149d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65dd243ff502424f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e86e3b9b32241b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d7bb95104574a6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sicherheit und Rüstung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VM95</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,516</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,417</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>