--- v0 (2025-11-13)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf404332c37a405e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6abde22e44b4c46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11f9750711ea4ff5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d1341a6395241e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc28d8e5ea4948dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11f9750711ea4ff5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf846ee08e6946e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d1341a6395241e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitcoin Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VM79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,206 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...173 lines deleted...]
-          <x:t>183,757</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,288</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>