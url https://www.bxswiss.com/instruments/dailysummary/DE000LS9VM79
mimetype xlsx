--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6abde22e44b4c46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7def6300a4d0498b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d1341a6395241e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40b54017fbd84c22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf846ee08e6946e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d1341a6395241e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6036dbe3f51487c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40b54017fbd84c22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitcoin Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VM79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>