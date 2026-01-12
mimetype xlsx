--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7def6300a4d0498b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11dceb254d364074" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40b54017fbd84c22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb95051bbbbf4494f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6036dbe3f51487c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40b54017fbd84c22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e735a0e6fdf4c0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb95051bbbbf4494f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitcoin Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VM79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,352</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>