--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11dceb254d364074" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R608fd7c957b54c3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb95051bbbbf4494f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra05ec12f8f3640a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e735a0e6fdf4c0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb95051bbbbf4494f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8dc33ed1b7f4396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra05ec12f8f3640a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitcoin Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VM79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>148,766</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>