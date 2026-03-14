--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R608fd7c957b54c3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc05e9a2c1d6432c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra05ec12f8f3640a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34b9fa42caed440b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8dc33ed1b7f4396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra05ec12f8f3640a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5229d50f7efa47d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34b9fa42caed440b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitcoin Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VM79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,132</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,892</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>