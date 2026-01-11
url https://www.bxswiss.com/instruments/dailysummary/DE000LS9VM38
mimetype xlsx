--- v0 (2025-11-13)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec33acaa314940bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb795a0429bc948a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb631a0b8cac04ede"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46b2b858e7424388"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0d9373646c94242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb631a0b8cac04ede" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R597e5498aef94963" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46b2b858e7424388" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Real Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VM38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,206 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...173 lines deleted...]
-          <x:t>37,706</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>