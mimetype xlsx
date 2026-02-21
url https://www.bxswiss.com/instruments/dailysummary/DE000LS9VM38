--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb795a0429bc948a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9508a740857249b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46b2b858e7424388"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fed07c909b740f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R597e5498aef94963" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46b2b858e7424388" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fd8fa541e8d47d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fed07c909b740f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Real Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VM38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>36,468</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,649</x:t>
-[...350 lines deleted...]
-          <x:t>36,995</x:t>
+          <x:t>35,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>