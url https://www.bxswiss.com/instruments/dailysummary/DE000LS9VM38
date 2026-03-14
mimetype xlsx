--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9508a740857249b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86a86d0df3124cc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fed07c909b740f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc551dacff0d24e76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fd8fa541e8d47d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fed07c909b740f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85b39e779cda4c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc551dacff0d24e76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Real Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VM38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,288</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,551</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>