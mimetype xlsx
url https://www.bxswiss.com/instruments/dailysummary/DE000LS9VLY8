--- v0 (2025-11-13)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra33eada1ee914f06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73527f700ca64424" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3a670e8aba142ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd9fd314bfdf4d49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77430bb2992c4654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3a670e8aba142ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd558b9e6aa84b9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd9fd314bfdf4d49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum Stock Picking </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VLY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,206 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...173 lines deleted...]
-          <x:t>40,709</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>