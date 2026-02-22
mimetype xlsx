--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73527f700ca64424" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc728c3de323b4e6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd9fd314bfdf4d49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb25c0125bf74944"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd558b9e6aa84b9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd9fd314bfdf4d49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39b9938dfeea4254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb25c0125bf74944" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum Stock Picking </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VLY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...193 lines deleted...]
-          <x:t>36,307</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,307</x:t>
-[...247 lines deleted...]
-          <x:t>38,285</x:t>
+          <x:t>37,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>