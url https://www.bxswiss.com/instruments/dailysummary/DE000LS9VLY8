--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc728c3de323b4e6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf707e33438c14687" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb25c0125bf74944"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf96f67fba4ad49d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39b9938dfeea4254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb25c0125bf74944" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66c05da24c264922" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf96f67fba4ad49d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum Stock Picking </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VLY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>