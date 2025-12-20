--- v0 (2025-11-07)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radb094e5925a4781" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc4c26049cea45d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20076d0c51fd48b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53c517a891be4fe1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ca5ee27027b4743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20076d0c51fd48b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R364f6e9de2954523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53c517a891be4fe1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cybersecurity Innovators</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VLX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,233 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...200 lines deleted...]
-          <x:t>43,317</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,314</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>