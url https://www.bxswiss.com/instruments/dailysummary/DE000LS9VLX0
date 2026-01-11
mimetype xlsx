--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc4c26049cea45d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34957f0db8b84118" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53c517a891be4fe1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd0826c7cf07494f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R364f6e9de2954523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53c517a891be4fe1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaad467da18d4b83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd0826c7cf07494f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cybersecurity Innovators</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VLX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>39,802</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,373</x:t>
-[...485 lines deleted...]
-          <x:t>38,314</x:t>
+          <x:t>39,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>