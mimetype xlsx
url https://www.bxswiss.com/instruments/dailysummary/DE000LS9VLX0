--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34957f0db8b84118" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafc1f8a7bbbb4ed4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd0826c7cf07494f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf984f0ca078e4cc4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaad467da18d4b83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd0826c7cf07494f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf27b3806d81a4489" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf984f0ca078e4cc4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cybersecurity Innovators</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VLX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>38,747</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>