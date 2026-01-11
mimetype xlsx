--- v0 (2025-11-07)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra301944d83394040" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reea678d755384c9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1819d3f61c7742fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf56edcadc9c14608"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6a0861b5b594a20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1819d3f61c7742fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda62c4a946a245f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf56edcadc9c14608" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Wasserstoff Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VLT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,233 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...200 lines deleted...]
-          <x:t>44,285</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>