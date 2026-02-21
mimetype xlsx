--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reea678d755384c9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b59a85c37a14e97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf56edcadc9c14608"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re85b556d330d415d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda62c4a946a245f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf56edcadc9c14608" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39685894e04b4493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re85b556d330d415d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Wasserstoff Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VLT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>45,196</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,626</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>