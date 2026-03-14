--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b59a85c37a14e97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0aeb962c4724aaa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re85b556d330d415d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36b6faf38a92419d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39685894e04b4493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re85b556d330d415d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72315411b48f4eb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36b6faf38a92419d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Wasserstoff Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VLT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,814</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,843</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>