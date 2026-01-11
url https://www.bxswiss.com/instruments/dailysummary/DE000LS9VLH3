--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R663256b8fec64d12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f771452a8c94066" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7327a7411404beb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9488e7378f24d82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d118211e5d64259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7327a7411404beb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc75b774679ed488a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9488e7378f24d82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FUTURE DISRUPTORS 2035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VLH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,566</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>