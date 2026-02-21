--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f771452a8c94066" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re36b1a20b16e4153" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9488e7378f24d82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3401cc579d8645dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc75b774679ed488a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9488e7378f24d82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfba820658fd047bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3401cc579d8645dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FUTURE DISRUPTORS 2035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VLH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>121,566</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>