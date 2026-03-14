--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re36b1a20b16e4153" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6d9f7b87b0e4b74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3401cc579d8645dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R524c9139733148c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfba820658fd047bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3401cc579d8645dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22b5d5de97b04167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R524c9139733148c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FUTURE DISRUPTORS 2035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VLH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,653</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>