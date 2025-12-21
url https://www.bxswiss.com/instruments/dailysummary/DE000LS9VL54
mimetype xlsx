--- v0 (2025-11-13)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf03541c30b2c417f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76f6b180bd174f93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41a9b2c8cb704906"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2e2f69902e4478e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c165254c14b4638" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41a9b2c8cb704906" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R271f9077c8204aba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2e2f69902e4478e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technikunternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VL54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,206 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...173 lines deleted...]
-          <x:t>126,169</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,879</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>