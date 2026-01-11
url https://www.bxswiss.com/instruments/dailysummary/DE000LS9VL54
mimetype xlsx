--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76f6b180bd174f93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68a3e1c711504b6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2e2f69902e4478e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8110bccfb1844040"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R271f9077c8204aba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2e2f69902e4478e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8eb5cb81aa884ed9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8110bccfb1844040" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technikunternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VL54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>