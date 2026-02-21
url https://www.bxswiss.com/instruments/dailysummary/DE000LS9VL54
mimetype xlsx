--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68a3e1c711504b6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re39806a7266c447d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8110bccfb1844040"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01ff47e371c849b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8eb5cb81aa884ed9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8110bccfb1844040" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda05b33389ae4230" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01ff47e371c849b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technikunternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VL54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>120,947</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,043</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>121,606</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>