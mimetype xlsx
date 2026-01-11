--- v0 (2025-11-13)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0db00b8e05834254" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56c6135280184e8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbde316c295fa4aa1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc58794a37a2c41e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60ad4df687d04a39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbde316c295fa4aa1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea2207f0363d4844" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc58794a37a2c41e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Modern Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VL39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,206 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...173 lines deleted...]
-          <x:t>37,587</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>