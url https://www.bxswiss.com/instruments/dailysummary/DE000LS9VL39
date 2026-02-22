--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56c6135280184e8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc1082a3648d4bc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc58794a37a2c41e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbd2d50dbee94e89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea2207f0363d4844" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc58794a37a2c41e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb158da8434ee4839" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbd2d50dbee94e89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Modern Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VL39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>36,016</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,124</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>40,339</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,681</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>