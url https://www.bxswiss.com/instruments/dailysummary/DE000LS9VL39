--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc1082a3648d4bc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e8a42fd8e574f1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbd2d50dbee94e89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7682f68eb6c4caf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb158da8434ee4839" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbd2d50dbee94e89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5e4588527dd4532" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7682f68eb6c4caf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Modern Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VL39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,715</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>