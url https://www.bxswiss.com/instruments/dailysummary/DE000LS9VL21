--- v0 (2025-11-13)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdef62a319c35460c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a6c20701b114a37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97e391e0a47d4b09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda4d48e9506d4576"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9746553cdd07461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97e391e0a47d4b09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R826b622abf174da3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda4d48e9506d4576" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Augmented Reality Innovators</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VL21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,206 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...173 lines deleted...]
-          <x:t>41,217</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,868</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>