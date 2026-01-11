--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a6c20701b114a37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb29062b358fc4179" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda4d48e9506d4576"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R070c39cd827e41aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R826b622abf174da3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda4d48e9506d4576" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57d2a781ebcb474f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R070c39cd827e41aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Augmented Reality Innovators</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VL21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,399</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,377</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>