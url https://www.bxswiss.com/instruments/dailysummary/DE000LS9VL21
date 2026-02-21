--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb29062b358fc4179" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0f0f33d56ea43fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R070c39cd827e41aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1affaf81e7624387"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57d2a781ebcb474f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R070c39cd827e41aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dd8e3d9369f4511" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1affaf81e7624387" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Augmented Reality Innovators</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VL21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>45,377</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,328</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>