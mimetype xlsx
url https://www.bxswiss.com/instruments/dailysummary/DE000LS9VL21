--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0f0f33d56ea43fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R772429cde71a4d10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1affaf81e7624387"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48541899d24a45f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dd8e3d9369f4511" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1affaf81e7624387" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R102e8e7fe0b0489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48541899d24a45f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Augmented Reality Innovators</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VL21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>45,117</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>45,117</x:t>
-[...263 lines deleted...]
-        <x:is>
           <x:t>41,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,912</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,818</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>