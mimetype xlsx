--- v0 (2025-11-21)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ec790595c0b419a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7e367f501e4403a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcac1fc5581cc4318"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra54d86e2666047d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20b8aee98840456a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcac1fc5581cc4318" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c8e9a43c2074c68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra54d86e2666047d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Herzhaft innovative Kardiologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VKY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,533 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...452 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,581</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>