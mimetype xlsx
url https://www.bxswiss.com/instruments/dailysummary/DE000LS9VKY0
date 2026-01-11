--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7e367f501e4403a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R615f379cc5324a60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra54d86e2666047d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cf99ebd8275470f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c8e9a43c2074c68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra54d86e2666047d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf122711d240a4f4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cf99ebd8275470f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Herzhaft innovative Kardiologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VKY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,022</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>