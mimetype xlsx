--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R615f379cc5324a60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e8394fd9b34482b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cf99ebd8275470f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc46e74f19e6c431d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf122711d240a4f4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cf99ebd8275470f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcb38c5c767047de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc46e74f19e6c431d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Herzhaft innovative Kardiologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VKY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>166,022</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>