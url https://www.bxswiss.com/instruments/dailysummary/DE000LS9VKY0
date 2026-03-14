--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e8394fd9b34482b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f92bc8aa5464f69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc46e74f19e6c431d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30638f1b7877440b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcb38c5c767047de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc46e74f19e6c431d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bdd0994f63c4ef0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30638f1b7877440b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Herzhaft innovative Kardiologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VKY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,193</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>