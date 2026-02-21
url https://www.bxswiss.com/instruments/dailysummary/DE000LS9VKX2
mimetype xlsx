--- v0 (2025-12-20)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ae99cd78a9a444f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75368f3a65e4459c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R046df7c4e7ce4c98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re53860483b2f4707"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9ff9749eb2e4b46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R046df7c4e7ce4c98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa8a2cc42c624afd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re53860483b2f4707" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Income Select - Ex US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VKX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>132,117</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,222</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>