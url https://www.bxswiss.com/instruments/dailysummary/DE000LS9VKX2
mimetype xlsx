--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75368f3a65e4459c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R963ea7543259453f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re53860483b2f4707"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ce3eec7a01a4e1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa8a2cc42c624afd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re53860483b2f4707" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redd3c8e0c9954344" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ce3eec7a01a4e1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Income Select - Ex US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VKX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,759</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,812</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>