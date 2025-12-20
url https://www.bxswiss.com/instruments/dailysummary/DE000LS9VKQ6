--- v0 (2025-11-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f84def66c5644ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b94be04a83a4194" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2846ddaa2b248c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90885ffd9fc54114"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1609697a542a480a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2846ddaa2b248c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3ba82e88c664d7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90885ffd9fc54114" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Governance Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VKQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,533 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>90,468</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,147</x:t>
-[...436 lines deleted...]
-          <x:t>88,729</x:t>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,488</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>