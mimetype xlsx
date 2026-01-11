--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b94be04a83a4194" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ed91b915971424a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90885ffd9fc54114"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e81033d05cc427c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3ba82e88c664d7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90885ffd9fc54114" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree3144836a9b414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e81033d05cc427c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Governance Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VKQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>90,343</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,647</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>90,488</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>