--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ed91b915971424a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re898c63d45fa4411" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e81033d05cc427c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7a8ff45a78e4430"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree3144836a9b414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e81033d05cc427c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb77b8895ee0543b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7a8ff45a78e4430" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Governance Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VKQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>92,291</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>