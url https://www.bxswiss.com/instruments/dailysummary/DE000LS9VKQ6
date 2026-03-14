--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re898c63d45fa4411" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39c9c5621f9e46e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7a8ff45a78e4430"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e1f38c75f804b32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb77b8895ee0543b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7a8ff45a78e4430" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9221b4726f34c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e1f38c75f804b32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Governance Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VKQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,397</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>