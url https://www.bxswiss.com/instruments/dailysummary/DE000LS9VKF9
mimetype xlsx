--- v0 (2025-11-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4e6c0ba993f45cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12a7502ac58d4738" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R948cda07242446e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R894495483dad4439"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9ff182e3fc94451" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R948cda07242446e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25fea115dc3f4861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R894495483dad4439" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MI Focused Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VKF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,477 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...425 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,928</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -651,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,592</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>