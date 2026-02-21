--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12a7502ac58d4738" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2f56d4e2ce94619" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R894495483dad4439"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfab15c680ea64e3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25fea115dc3f4861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R894495483dad4439" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e5b4428923e44d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfab15c680ea64e3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MI Focused Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VKF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,927</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...605 lines deleted...]
-          <x:t>110,592</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,502</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>