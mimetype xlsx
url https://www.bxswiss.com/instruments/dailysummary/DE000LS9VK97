--- v0 (2025-11-21)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd03195450b84854" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re32598ff5a5f465f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R231781822f5d475e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4a2810f6ef54969"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c53c0e050d74bd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R231781822f5d475e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30c57d60a56b4c49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4a2810f6ef54969" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>A.S. SWITCHING BALANCE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VK97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,533 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...452 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>