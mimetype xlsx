--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re32598ff5a5f465f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4894fe038e3046c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4a2810f6ef54969"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ef92a056e124040"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30c57d60a56b4c49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4a2810f6ef54969" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b187ecf1c72442d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ef92a056e124040" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>A.S. SWITCHING BALANCE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VK97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,589</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,611</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>