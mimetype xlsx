--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4894fe038e3046c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98b6c652bd394c16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ef92a056e124040"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ae55e1da8f842e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b187ecf1c72442d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ef92a056e124040" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc500582972394dc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ae55e1da8f842e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>A.S. SWITCHING BALANCE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VK97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>101,611</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,098</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>