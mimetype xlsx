--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98b6c652bd394c16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1fa3b57a513418f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ae55e1da8f842e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf053981adb574bf6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc500582972394dc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ae55e1da8f842e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f6710240a0f478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf053981adb574bf6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>A.S. SWITCHING BALANCE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VK97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>100,756</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,698</x:t>
-[...436 lines deleted...]
-          <x:t>104,098</x:t>
+          <x:t>103,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>