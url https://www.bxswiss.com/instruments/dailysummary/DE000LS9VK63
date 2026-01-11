--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c0821f51f3b41a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R061137e38c704d65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R595ada260c974885"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05c88d8ec92542f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R410f194125224bf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R595ada260c974885" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6842b7068a944455" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05c88d8ec92542f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die 80er-Jahre Generation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VK63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>