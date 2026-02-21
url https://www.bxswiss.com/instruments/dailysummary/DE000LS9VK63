--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R061137e38c704d65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R718a3b69e6754814" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05c88d8ec92542f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3f0a198fa264cd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6842b7068a944455" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05c88d8ec92542f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4d3eae6d463477c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3f0a198fa264cd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die 80er-Jahre Generation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VK63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>104,049</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>