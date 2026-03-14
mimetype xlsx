--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R718a3b69e6754814" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R347481f540ec4db8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3f0a198fa264cd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75c7dacabc4c4338"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4d3eae6d463477c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3f0a198fa264cd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb236bf61771f41f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75c7dacabc4c4338" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die 80er-Jahre Generation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VK63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,380</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,858</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>