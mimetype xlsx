--- v0 (2025-11-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb2fdd7d203e4c41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7090b0e71e54254" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0743388ed8cc4f03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40192ec7daf54814"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1d9b4b0bc6c41d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0743388ed8cc4f03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf01a10e57020485b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40192ec7daf54814" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEACON</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VK55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,533 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...500 lines deleted...]
-          <x:t>108,583</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,819</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>