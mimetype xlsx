--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7090b0e71e54254" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fe4a266aec24849" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40192ec7daf54814"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b038ce4ef054249"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf01a10e57020485b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40192ec7daf54814" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra222b21f71f14410" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b038ce4ef054249" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEACON</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VK55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>111,532</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,311</x:t>
-[...269 lines deleted...]
-          <x:t>114,819</x:t>
+          <x:t>110,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,206</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>