--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fe4a266aec24849" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5af24e597eab4ef9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b038ce4ef054249"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cba016aa05940ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra222b21f71f14410" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b038ce4ef054249" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e3423374ed443bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cba016aa05940ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEACON</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VK55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,567</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,731</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>