--- v0 (2025-11-21)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd912658d6a8146b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35bad053d9ab46c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R531dd71252b04f21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61118007d8dd4e5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1955803df5dd4097" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R531dd71252b04f21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2267bdc35b3b468f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61118007d8dd4e5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value und Turnarounds</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VK30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,533 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...452 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,326</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,753</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>