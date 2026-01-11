--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35bad053d9ab46c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R386425f569f24d31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61118007d8dd4e5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c52d2ec95124003"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2267bdc35b3b468f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61118007d8dd4e5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R812a7fda9da2496e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c52d2ec95124003" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value und Turnarounds</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VK30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,483</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,253</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>