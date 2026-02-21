--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R386425f569f24d31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55e47c93c97e4aba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c52d2ec95124003"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R694c79b1294041dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R812a7fda9da2496e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c52d2ec95124003" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ddffb0edce145bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R694c79b1294041dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value und Turnarounds</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VK30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>169,253</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>