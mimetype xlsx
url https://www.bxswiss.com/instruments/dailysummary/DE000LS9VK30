--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55e47c93c97e4aba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02e0df9906204e39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R694c79b1294041dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc8e7503cb454023"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ddffb0edce145bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R694c79b1294041dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98daf61cd48349b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc8e7503cb454023" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value und Turnarounds</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VK30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,426</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,259</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>