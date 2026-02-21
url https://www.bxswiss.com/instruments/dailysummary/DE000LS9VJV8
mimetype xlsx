--- v0 (2025-10-31)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d209b061e1347e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27d33df940894eee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd29671c927324f99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R486100bd87774476"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fb4699238464409" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd29671c927324f99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R624451abac80466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R486100bd87774476" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>StrategieTurnaround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VJV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,226 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>92,934</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>