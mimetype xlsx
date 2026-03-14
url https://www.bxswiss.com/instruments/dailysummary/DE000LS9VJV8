--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27d33df940894eee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f185c934b184a45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R486100bd87774476"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdf838c1b00b4a2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R624451abac80466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R486100bd87774476" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R037a76bbc3dc4495" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdf838c1b00b4a2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>StrategieTurnaround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VJV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>81,199</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,532</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>81,415</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,524</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>82,770</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,286</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>