--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1c14c43bb404b1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R447c5dbf00f34101" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fc593f6796444b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raadce70a1d2545e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re09ffdda705b4e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fc593f6796444b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6121ccf1048d4fe8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raadce70a1d2545e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Himmel Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VJN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,452 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>110,613</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,614</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>109,857</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>