--- v1 (2025-11-21)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R447c5dbf00f34101" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf55fec2088174b36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raadce70a1d2545e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64c083607d134523"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6121ccf1048d4fe8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raadce70a1d2545e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f27ebd916b74cd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64c083607d134523" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Himmel Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VJN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>110,827</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,251</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>