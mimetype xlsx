--- v2 (2026-02-21)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf55fec2088174b36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f5ac3a905db4b2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64c083607d134523"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bccd5d93bbd484a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f27ebd916b74cd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64c083607d134523" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R922457099fd14aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bccd5d93bbd484a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Himmel Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VJN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,269</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>