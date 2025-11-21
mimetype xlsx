--- v0 (2025-11-01)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcd2df9874394e6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R618d18796b4c4174" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba091d7b22be42d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9e375b5ef304386"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re15aa7e301b443ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba091d7b22be42d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3651611ba7f84fa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9e375b5ef304386" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Aktien im Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VJH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,238</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,707</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>