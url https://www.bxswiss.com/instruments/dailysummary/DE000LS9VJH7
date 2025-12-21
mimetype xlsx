--- v1 (2025-11-21)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R618d18796b4c4174" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdb510ec03134235" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9e375b5ef304386"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a2656eebf394fac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3651611ba7f84fa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9e375b5ef304386" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa5e347c25ad4885" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a2656eebf394fac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Aktien im Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VJH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,802</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>