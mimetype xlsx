--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdb510ec03134235" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6676a7afdc94de2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a2656eebf394fac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48aaa5dbdbd34a9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa5e347c25ad4885" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a2656eebf394fac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a8f09c4d9d84314" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48aaa5dbdbd34a9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Aktien im Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VJH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,521</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,384</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>