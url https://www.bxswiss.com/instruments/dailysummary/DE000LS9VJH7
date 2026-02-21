--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6676a7afdc94de2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55e58d31f95b43c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48aaa5dbdbd34a9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20bf09ec13674aa4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a8f09c4d9d84314" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48aaa5dbdbd34a9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4f708b950d641c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20bf09ec13674aa4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Aktien im Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VJH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...436 lines deleted...]
-          <x:t>92,441</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,629</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>93,384</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,464</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>