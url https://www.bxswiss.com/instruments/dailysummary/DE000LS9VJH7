--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55e58d31f95b43c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38e4539ab1294451" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20bf09ec13674aa4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3cde1b66fbf4180"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4f708b950d641c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20bf09ec13674aa4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42445e5bc98342da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3cde1b66fbf4180" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Aktien im Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VJH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>91,574</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,625</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>10.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,889</x:t>
-[...225 lines deleted...]
-          <x:t>92,464</x:t>
+          <x:t>90,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>