--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re82eb810474b485c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4efa300173ea4ddd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71e2adccff40404f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3596eaaedb9a4d17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc73d5a79670c43e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71e2adccff40404f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9cf1e57eee74d3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3596eaaedb9a4d17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Contrarian Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VJG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,365 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>93,033</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,264</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...251 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,047</x:t>
@@ -570,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,818</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>