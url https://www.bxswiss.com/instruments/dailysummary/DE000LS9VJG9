--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4efa300173ea4ddd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf87a907b64a4a5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3596eaaedb9a4d17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3263586e08fe45b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9cf1e57eee74d3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3596eaaedb9a4d17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0b407325aaf4d1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3263586e08fe45b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Contrarian Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VJG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>92,941</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,468</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>93,818</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,482</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>