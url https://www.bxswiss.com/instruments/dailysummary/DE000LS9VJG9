--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf87a907b64a4a5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33476e36961a4fc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3263586e08fe45b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78e9f95ef4e14957"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0b407325aaf4d1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3263586e08fe45b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R197c10afacf44bfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78e9f95ef4e14957" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Contrarian Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VJG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...257 lines deleted...]
-          <x:t>93,290</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,361</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.11.2025</x:t>
-[...370 lines deleted...]
-          <x:t>92,482</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,917</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>