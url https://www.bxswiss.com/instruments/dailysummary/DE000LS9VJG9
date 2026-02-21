--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33476e36961a4fc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccb0615bb9fd4783" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78e9f95ef4e14957"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R129dcd71a1ca4046"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R197c10afacf44bfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78e9f95ef4e14957" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc414b9b42a594584" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R129dcd71a1ca4046" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Contrarian Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VJG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>94,519</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,406</x:t>
-[...16 lines deleted...]
-          <x:t>94,493</x:t>
+          <x:t>94,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,388</x:t>
-[...31 lines deleted...]
-          <x:t>94,917</x:t>
+          <x:t>95,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,537</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>