--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccb0615bb9fd4783" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cb2695e284d475b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R129dcd71a1ca4046"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4e7ea8401e0437a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc414b9b42a594584" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R129dcd71a1ca4046" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40dfa6b42ed545d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4e7ea8401e0437a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Contrarian Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VJG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>91,478</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,955</x:t>
-[...242 lines deleted...]
-          <x:t>90,537</x:t>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>