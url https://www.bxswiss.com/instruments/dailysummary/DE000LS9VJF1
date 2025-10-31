--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4498d39ca4eb45b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4082a0e945574eae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1f5c0b90f1048a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b9b2989fc9044e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c6e5035b9c74476" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1f5c0b90f1048a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R763dc15631624982" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b9b2989fc9044e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Profitable Wachstumsperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VJF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,479 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>117,436</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,201</x:t>
-[...350 lines deleted...]
-          <x:t>117,978</x:t>
+          <x:t>116,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,539</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>