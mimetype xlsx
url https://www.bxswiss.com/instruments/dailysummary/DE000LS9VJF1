--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4082a0e945574eae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6586246a86bc4bf2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b9b2989fc9044e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf984bb625d34225"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R763dc15631624982" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b9b2989fc9044e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43fa045f2b3347cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf984bb625d34225" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Profitable Wachstumsperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VJF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>116,539</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>