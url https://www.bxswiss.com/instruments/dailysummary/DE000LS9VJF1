--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6586246a86bc4bf2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d9cfc747b3a41c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf984bb625d34225"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf41a7f92dc040db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43fa045f2b3347cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf984bb625d34225" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R680c2352eec74801" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf41a7f92dc040db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Profitable Wachstumsperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VJF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,119</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>