--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d9cfc747b3a41c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d29e860384c4ad8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf41a7f92dc040db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81857c84dfef4229"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R680c2352eec74801" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf41a7f92dc040db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29a165ae97c14f4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81857c84dfef4229" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Profitable Wachstumsperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VJF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>117,304</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>