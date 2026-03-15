--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d29e860384c4ad8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85a30689f5a1462d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81857c84dfef4229"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a7a1e3a510748fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29a165ae97c14f4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81857c84dfef4229" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6261f884969f4352" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a7a1e3a510748fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Profitable Wachstumsperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VJF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,135</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>