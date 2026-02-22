--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8dffcd9835349ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd33c862b714b4756" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4b2f05da1fe486b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d5d3cdc06224555"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabbde8b7f74145fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4b2f05da1fe486b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R640a315d5ccf4397" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d5d3cdc06224555" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FutureFortress</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VJ74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>98,141</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,036</x:t>
-[...436 lines deleted...]
-          <x:t>103,354</x:t>
+          <x:t>98,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>