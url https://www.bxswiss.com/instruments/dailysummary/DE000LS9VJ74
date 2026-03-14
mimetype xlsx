--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd33c862b714b4756" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d57e2e8d07b4206" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d5d3cdc06224555"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7858a7c380fa40ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R640a315d5ccf4397" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d5d3cdc06224555" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36eb459dd6a74273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7858a7c380fa40ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FutureFortress</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VJ74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,521</x:t>
-[...333 lines deleted...]
-          <x:t>100,078</x:t>
+          <x:t>95,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,159</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>