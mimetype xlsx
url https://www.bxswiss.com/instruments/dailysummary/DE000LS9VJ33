--- v0 (2025-11-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racd4d3745ed64c0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d0836f297074975" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82a944ac43dc4f70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf59752e78a934aa8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R305bc0b99fe14d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82a944ac43dc4f70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2737216a26804549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf59752e78a934aa8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomDividendStrategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VJ33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,477 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...425 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,222</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -651,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>