--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d0836f297074975" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77690a9bb53d4e83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf59752e78a934aa8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44b53234c38a41c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2737216a26804549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf59752e78a934aa8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b60301911d34fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44b53234c38a41c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomDividendStrategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VJ33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,611</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>