--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77690a9bb53d4e83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca959d4d80de413d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44b53234c38a41c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R341590fff61143dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b60301911d34fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44b53234c38a41c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61aee84d098f49d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R341590fff61143dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomDividendStrategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VJ33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>99,557</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,329</x:t>
-[...58 lines deleted...]
-          <x:t>99,984</x:t>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>