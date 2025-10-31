--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54fddefc18534ef2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa51a7cb44674f64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4a55096967249d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9db64429cc154e1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d9420e7ed164da3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4a55096967249d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6012b5c3038747d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9db64429cc154e1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Clean Energy Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,315 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...263 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,251</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -570,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>