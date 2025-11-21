--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa51a7cb44674f64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93cd5e2f21e64300" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9db64429cc154e1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd78fa4f4916d474f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6012b5c3038747d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9db64429cc154e1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7aff18744675473c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd78fa4f4916d474f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Clean Energy Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>93,742</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,436</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...229 lines deleted...]
-          <x:t>93,293</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,144</x:t>
-[...188 lines deleted...]
-          <x:t>94,461</x:t>
+          <x:t>90,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,678</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>