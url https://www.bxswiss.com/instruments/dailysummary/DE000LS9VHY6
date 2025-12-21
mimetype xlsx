--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93cd5e2f21e64300" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8a6cd1f3e3b4973" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd78fa4f4916d474f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d4bd1ac00d8467a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7aff18744675473c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd78fa4f4916d474f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R172e5cdf537148bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d4bd1ac00d8467a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Clean Energy Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...554 lines deleted...]
-          <x:t>92,005</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,204</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>93,678</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>