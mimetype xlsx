--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8a6cd1f3e3b4973" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb73fadd0365d453d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d4bd1ac00d8467a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12cd5aa830d549dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R172e5cdf537148bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d4bd1ac00d8467a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad6e64a69c764255" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12cd5aa830d549dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Clean Energy Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>95,375</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,201</x:t>
-[...323 lines deleted...]
-          <x:t>94,444</x:t>
+          <x:t>94,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,584</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>