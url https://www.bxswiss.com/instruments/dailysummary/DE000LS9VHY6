--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb73fadd0365d453d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra349871911804422" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12cd5aa830d549dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd2127e50c264506"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad6e64a69c764255" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12cd5aa830d549dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d22a3166a2b469d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd2127e50c264506" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Clean Energy Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>95,718</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,231</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...300 lines deleted...]
-          <x:t>08.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,108</x:t>
-[...36 lines deleted...]
-          <x:t>97,584</x:t>
+          <x:t>96,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,781</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>