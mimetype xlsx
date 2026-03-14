--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra349871911804422" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fba0bc1b8df4578" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd2127e50c264506"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0e163d0cd794a45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d22a3166a2b469d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd2127e50c264506" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R109fc6bd41274749" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0e163d0cd794a45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Clean Energy Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,466</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>104,781</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,753</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>