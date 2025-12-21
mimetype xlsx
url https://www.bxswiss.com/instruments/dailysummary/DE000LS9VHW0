--- v0 (2025-10-31)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19c5bfae72a94288" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb61f0902bbe44829" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55e0bef41600415f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0c2659aa5a74e98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra10ddff85d8c4ca7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55e0bef41600415f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f6c3e9eca3c41a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0c2659aa5a74e98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Typ 4. industrielle Revolution</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>144,395</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>