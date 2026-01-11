--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb61f0902bbe44829" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0acb8592b23540c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0c2659aa5a74e98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7c7c5f9aaa644d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f6c3e9eca3c41a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0c2659aa5a74e98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65a06925451a4bc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7c7c5f9aaa644d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Typ 4. industrielle Revolution</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,292</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,332</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>