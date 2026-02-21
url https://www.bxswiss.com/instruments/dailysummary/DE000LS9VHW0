--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0acb8592b23540c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f062febfac744fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7c7c5f9aaa644d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b041aedcd864383"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65a06925451a4bc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7c7c5f9aaa644d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dcd2f1f13fc4e45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b041aedcd864383" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Typ 4. industrielle Revolution</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>154,332</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,763</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>