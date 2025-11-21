--- v0 (2025-10-30)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb4883a8818a4797" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa0b3bd31fbd4bad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4efa2b56f19e4ab3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf72edd2c36f04393"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b6103ea9019404c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4efa2b56f19e4ab3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3aebd3611234045" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf72edd2c36f04393" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Plattform Burggraben Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>96,242</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,159</x:t>
-[...398 lines deleted...]
-        <x:is>
           <x:t>97,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,287</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>