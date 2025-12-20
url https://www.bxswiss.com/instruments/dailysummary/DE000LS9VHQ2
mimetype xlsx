--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa0b3bd31fbd4bad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67d78728b97f4002" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf72edd2c36f04393"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree53961d4a3042b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3aebd3611234045" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf72edd2c36f04393" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb791716eee58454d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree53961d4a3042b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Plattform Burggraben Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,246</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,437</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>