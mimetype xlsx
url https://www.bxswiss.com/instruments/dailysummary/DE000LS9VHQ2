--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67d78728b97f4002" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra25610d2f6fd4d28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree53961d4a3042b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1822c98e678a4606"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb791716eee58454d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree53961d4a3042b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R230be8395e834e00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1822c98e678a4606" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Plattform Burggraben Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,342</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,116</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>