--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra25610d2f6fd4d28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra38c2677328c4367" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1822c98e678a4606"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6595cb575c0c4a18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R230be8395e834e00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1822c98e678a4606" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0b317bf06df4b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6595cb575c0c4a18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Plattform Burggraben Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>92,116</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,741</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>