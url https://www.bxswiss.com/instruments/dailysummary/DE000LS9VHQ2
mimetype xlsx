--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra38c2677328c4367" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b20a2200d0e407a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6595cb575c0c4a18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ac6df369963489b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0b317bf06df4b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6595cb575c0c4a18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8edd8788945e4712" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ac6df369963489b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Plattform Burggraben Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,591</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>