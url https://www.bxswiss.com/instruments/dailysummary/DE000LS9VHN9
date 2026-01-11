--- v0 (2025-11-01)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82dba5cc67bb4749" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26825a06e3fc4759" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21eff7d60a884437"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30768b01a09241d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R843138ab05a74792" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21eff7d60a884437" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R174865bd46f0478d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30768b01a09241d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensive Aktien im Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>89,943</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>