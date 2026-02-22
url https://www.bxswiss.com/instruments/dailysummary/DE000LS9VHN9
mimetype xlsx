--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26825a06e3fc4759" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3658b50746134b44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30768b01a09241d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccecb7ca03204c1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R174865bd46f0478d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30768b01a09241d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc07bc2572e8d4886" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccecb7ca03204c1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensive Aktien im Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>90,039</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,368</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>