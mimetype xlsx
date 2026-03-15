--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3658b50746134b44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f079549cc1945f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccecb7ca03204c1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd92018c9a8554620"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc07bc2572e8d4886" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccecb7ca03204c1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe602b19660743e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd92018c9a8554620" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensive Aktien im Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,819</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>85,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,446</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>