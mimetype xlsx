--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc28afa3b3c7e4ed5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d001c68449546d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fb0ec71f803475c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b7dfebba77b4caa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7df579ceeba0437c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fb0ec71f803475c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17d96e45f3da4222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b7dfebba77b4caa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>American Power</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,315 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...263 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,315</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -570,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,819</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>