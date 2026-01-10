--- v1 (2025-10-31)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d001c68449546d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb65496738c294a4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b7dfebba77b4caa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35d69d1c02fa4a74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17d96e45f3da4222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b7dfebba77b4caa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b7b27d4161845c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35d69d1c02fa4a74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>American Power</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>148,248</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,158</x:t>
-[...625 lines deleted...]
-          <x:t>148,819</x:t>
+          <x:t>151,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>