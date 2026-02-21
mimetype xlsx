--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb65496738c294a4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d254aeb62d6466f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35d69d1c02fa4a74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4431173e1c44c0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b7b27d4161845c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35d69d1c02fa4a74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f390483ee1d48e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4431173e1c44c0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>American Power</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>150,052</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>