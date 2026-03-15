--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d254aeb62d6466f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2a3d64cf2444664" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4431173e1c44c0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R252b504f8d8d4a36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f390483ee1d48e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4431173e1c44c0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b6bb637899a4c43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R252b504f8d8d4a36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>American Power</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>