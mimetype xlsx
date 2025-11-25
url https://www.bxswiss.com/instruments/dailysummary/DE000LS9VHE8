--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d360e138eee424c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb981f89441f24b5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb1783efbb2641b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0401a15e559d4a1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9982c3e5ec4d490d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb1783efbb2641b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93b06e18dff0453f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0401a15e559d4a1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fidens Capital Japan </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>167,324</x:t>
-[...576 lines deleted...]
-          <x:t>156,499</x:t>
+          <x:t>167,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>