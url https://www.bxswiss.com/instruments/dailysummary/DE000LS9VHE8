--- v1 (2025-11-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb981f89441f24b5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57d7ef2632f244c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0401a15e559d4a1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R722c45e099904e02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93b06e18dff0453f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0401a15e559d4a1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R993c75c30e7a4f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R722c45e099904e02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fidens Capital Japan </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>167,341</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,651</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>