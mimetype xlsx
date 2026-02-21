--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57d7ef2632f244c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R239c6186fd064a8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R722c45e099904e02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93205f99510c45ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R993c75c30e7a4f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R722c45e099904e02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9bfbb1f7b26462b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93205f99510c45ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fidens Capital Japan </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>157,651</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>