--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R239c6186fd064a8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc90c7762d364e96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93205f99510c45ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bd66470be084e63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9bfbb1f7b26462b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93205f99510c45ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd956c43574fa4347" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bd66470be084e63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fidens Capital Japan </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,173</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>