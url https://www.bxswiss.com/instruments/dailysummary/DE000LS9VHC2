--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1e7e9e1c7c44b41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2713defc00324c60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4537dc8943564986"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R236fb1e0638d4954"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c25847f4e8a4302" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4537dc8943564986" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1a63fbefd964fbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R236fb1e0638d4954" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Legends-Magnificent</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>104,833</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,813</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>