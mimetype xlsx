--- v1 (2025-11-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2713defc00324c60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff6a2985f20c46c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R236fb1e0638d4954"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref02c231154d48a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1a63fbefd964fbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R236fb1e0638d4954" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7080dce1afef4a5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref02c231154d48a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Legends-Magnificent</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...392 lines deleted...]
-          <x:t>104,960</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +278,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>