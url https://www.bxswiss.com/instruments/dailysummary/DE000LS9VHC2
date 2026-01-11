--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff6a2985f20c46c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1f31b70b39d4cad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref02c231154d48a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aedbff3ddef42ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7080dce1afef4a5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref02c231154d48a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R166eae90ec464c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aedbff3ddef42ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Legends-Magnificent</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>