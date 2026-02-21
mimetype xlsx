--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1f31b70b39d4cad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bf5d3af39d84a13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aedbff3ddef42ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb767b3c4af294c83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R166eae90ec464c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aedbff3ddef42ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bc04371d116426b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb767b3c4af294c83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Legends-Magnificent</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...365 lines deleted...]
-          <x:t>112,287</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,942</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...73 lines deleted...]
-          <x:t>114,385</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>