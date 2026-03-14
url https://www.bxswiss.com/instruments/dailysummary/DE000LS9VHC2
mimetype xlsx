--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bf5d3af39d84a13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1f845a3fbc74154" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb767b3c4af294c83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R195fe85c94d84960"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bc04371d116426b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb767b3c4af294c83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R282a510177eb4ae3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R195fe85c94d84960" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Legends-Magnificent</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VHC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,599</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>