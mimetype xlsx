--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc207adc7584a4a69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re30b94a7cfbf4eca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e9efa8692ba47a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7870c29bed2f488b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e66570b07004b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e9efa8692ba47a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b0e967dcd974e44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7870c29bed2f488b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Power</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VH68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,315 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...263 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,819</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -597,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,982</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>