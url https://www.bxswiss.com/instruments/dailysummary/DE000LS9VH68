--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re30b94a7cfbf4eca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77211c5f6dbb4956" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7870c29bed2f488b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63a9bbc4fe494d94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b0e967dcd974e44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7870c29bed2f488b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c1eb1e7485241cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63a9bbc4fe494d94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Power</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VH68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>