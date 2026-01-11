--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77211c5f6dbb4956" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1417e34414fc439e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63a9bbc4fe494d94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cd92602bf35451b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c1eb1e7485241cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63a9bbc4fe494d94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6cee5c512d44b56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cd92602bf35451b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Power</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VH68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>241,910</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,666</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>