--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1417e34414fc439e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc98d3782158a4513" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cd92602bf35451b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1716e44348274fcc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6cee5c512d44b56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cd92602bf35451b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c0a7c2383434d4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1716e44348274fcc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Power</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VH68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>246,957</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>245,531</x:t>
-[...323 lines deleted...]
-          <x:t>254,666</x:t>
+          <x:t>248,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>