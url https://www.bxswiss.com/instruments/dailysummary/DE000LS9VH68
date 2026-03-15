--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc98d3782158a4513" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R037bfc6e91214689" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1716e44348274fcc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19b30a9b5a5f4ba5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c0a7c2383434d4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1716e44348274fcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40add88483ea4de0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19b30a9b5a5f4ba5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Power</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VH68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>