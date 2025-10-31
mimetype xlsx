--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R297d429e8af34cb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0a4cf816cc2413a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7b19ae71ab4415b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdcc96d8e09e43d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03e8877744ee419a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7b19ae71ab4415b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref14346af9164f9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdcc96d8e09e43d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>YAMA eVTOL and UAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VH19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,315 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...263 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -570,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,892</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>