--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0a4cf816cc2413a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19976ee0ba9147f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdcc96d8e09e43d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d3f5614ebf140ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref14346af9164f9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdcc96d8e09e43d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a9dbb1041d740b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d3f5614ebf140ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>YAMA eVTOL and UAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VH19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>169,560</x:t>
-[...630 lines deleted...]
-          <x:t>168,892</x:t>
+          <x:t>169,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,562</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>