--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19976ee0ba9147f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaad4dd9cb594ae2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d3f5614ebf140ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R687f68b7df454ec9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a9dbb1041d740b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d3f5614ebf140ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87e2a82e7a1d4bd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R687f68b7df454ec9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>YAMA eVTOL and UAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VH19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,979</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>