--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaad4dd9cb594ae2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree513f0370bd417c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R687f68b7df454ec9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03f9f16bfc694c4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87e2a82e7a1d4bd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R687f68b7df454ec9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff222f84c73c462c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03f9f16bfc694c4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>YAMA eVTOL and UAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VH19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>177,698</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>